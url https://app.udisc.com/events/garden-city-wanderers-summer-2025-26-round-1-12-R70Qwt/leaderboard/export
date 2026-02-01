--- v0 (2025-12-20)
+++ v1 (2026-02-01)
@@ -1998,51 +1998,51 @@
       </c>
     </row>
     <row r="17">
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
       <c r="F17" t="str">
         <v>T6</v>
       </c>
       <c r="G17">
         <v>6</v>
       </c>
       <c r="H17" t="str">
         <v xml:space="preserve">Josh Corolla </v>
       </c>
       <c r="I17">
         <v>-5</v>
       </c>
       <c r="J17">
         <v>52</v>
       </c>
       <c r="K17">
         <v>311167</v>
       </c>
       <c r="L17" t="str">
-        <v>krolla25</v>
+        <v>jcrolla23</v>
       </c>
       <c r="M17">
         <v>-5</v>
       </c>
       <c r="N17">
         <v>52</v>
       </c>
       <c r="O17">
         <v>1</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>4</v>
       </c>
       <c r="S17">
         <v>2</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>