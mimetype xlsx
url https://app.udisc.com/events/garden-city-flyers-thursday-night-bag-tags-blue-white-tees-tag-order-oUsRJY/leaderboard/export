--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -1407,50 +1407,53 @@
         <v>2</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MPO</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Wendall Clawson</v>
       </c>
       <c r="E12">
         <v>3</v>
       </c>
       <c r="F12">
         <v>63</v>
       </c>
+      <c r="G12">
+        <v>61152</v>
+      </c>
       <c r="H12" t="str">
         <v>jakiedaytona</v>
       </c>
       <c r="I12">
         <v>3</v>
       </c>
       <c r="J12">
         <v>63</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
         <v>5</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">