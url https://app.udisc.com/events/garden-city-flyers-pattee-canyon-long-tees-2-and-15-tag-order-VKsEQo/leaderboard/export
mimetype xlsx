--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -1138,286 +1138,289 @@
       </c>
       <c r="Y8">
         <v>4</v>
       </c>
       <c r="Z8">
         <v>2</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Gavin Nuttall</v>
+        <v>Wendall Clawson</v>
       </c>
       <c r="E9">
         <v>-3</v>
       </c>
       <c r="F9">
         <v>53</v>
       </c>
       <c r="G9">
-        <v>291817</v>
+        <v>61152</v>
       </c>
       <c r="H9" t="str">
-        <v>gavinnuttall</v>
+        <v>jakiedaytona</v>
       </c>
       <c r="I9">
         <v>-3</v>
       </c>
       <c r="J9">
         <v>53</v>
       </c>
       <c r="K9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
-        <v>Jami Spurlock</v>
+        <v>Gavin Nuttall</v>
       </c>
       <c r="E10">
         <v>-3</v>
       </c>
       <c r="F10">
         <v>53</v>
       </c>
+      <c r="G10">
+        <v>291817</v>
+      </c>
       <c r="H10" t="str">
-        <v>breakablefungus</v>
+        <v>gavinnuttall</v>
       </c>
       <c r="I10">
         <v>-3</v>
       </c>
       <c r="J10">
         <v>53</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L10">
         <v>4</v>
       </c>
       <c r="M10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MPO</v>
       </c>
       <c r="B11" t="str">
         <v>T8</v>
       </c>
       <c r="C11">
         <v>8</v>
       </c>
       <c r="D11" t="str">
-        <v>Wendall Clawson</v>
+        <v>Jami Spurlock</v>
       </c>
       <c r="E11">
         <v>-3</v>
       </c>
       <c r="F11">
         <v>53</v>
       </c>
       <c r="H11" t="str">
-        <v>jakiedaytona</v>
+        <v>breakablefungus</v>
       </c>
       <c r="I11">
         <v>-3</v>
       </c>
       <c r="J11">
         <v>53</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>
       <c r="M11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
         <v>2</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y11">
         <v>4</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MPO</v>
       </c>
       <c r="B12" t="str">
         <v>T11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Ryan Camp</v>
       </c>
       <c r="E12">
         <v>-2</v>
       </c>
       <c r="F12">
         <v>54</v>
       </c>
       <c r="G12">