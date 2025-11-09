--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -3183,50 +3183,53 @@
         <v>3</v>
       </c>
       <c r="AB32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MPO</v>
       </c>
       <c r="B33" t="str">
         <v>T31</v>
       </c>
       <c r="C33">
         <v>31</v>
       </c>
       <c r="D33" t="str">
         <v>Wendall Clawson</v>
       </c>
       <c r="E33">
         <v>8</v>
       </c>
       <c r="F33">
         <v>64</v>
       </c>
+      <c r="G33">
+        <v>61152</v>
+      </c>
       <c r="H33" t="str">
         <v>jakiedaytona</v>
       </c>
       <c r="I33">
         <v>8</v>
       </c>
       <c r="J33">
         <v>64</v>
       </c>
       <c r="K33">
         <v>5</v>
       </c>
       <c r="L33">
         <v>5</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">