--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -2760,446 +2760,449 @@
       </c>
       <c r="Y27">
         <v>4</v>
       </c>
       <c r="Z27">
         <v>4</v>
       </c>
       <c r="AA27">
         <v>3</v>
       </c>
       <c r="AB27">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>Mixed</v>
       </c>
       <c r="B28" t="str">
         <v>T27</v>
       </c>
       <c r="C28">
         <v>27</v>
       </c>
       <c r="D28" t="str">
-        <v>Richard Wear</v>
+        <v>Wendall Clawson</v>
       </c>
       <c r="E28">
         <v>8</v>
       </c>
       <c r="F28">
         <v>69</v>
       </c>
       <c r="G28">
-        <v>298144</v>
+        <v>61152</v>
       </c>
       <c r="H28" t="str">
-        <v>psalm51</v>
+        <v>jakiedaytona</v>
       </c>
       <c r="I28">
         <v>8</v>
       </c>
       <c r="J28">
         <v>69</v>
       </c>
       <c r="K28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N28">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>
       <c r="Q28">
         <v>4</v>
       </c>
       <c r="R28">
         <v>4</v>
       </c>
       <c r="S28">
         <v>4</v>
       </c>
       <c r="T28">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V28">
         <v>3</v>
       </c>
       <c r="W28">
         <v>5</v>
       </c>
       <c r="X28">
         <v>4</v>
       </c>
       <c r="Y28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA28">
         <v>3</v>
       </c>
       <c r="AB28">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>Mixed</v>
       </c>
       <c r="B29" t="str">
         <v>T27</v>
       </c>
       <c r="C29">
         <v>27</v>
       </c>
       <c r="D29" t="str">
-        <v>Jami Spurlock</v>
+        <v>Richard Wear</v>
       </c>
       <c r="E29">
         <v>8</v>
       </c>
       <c r="F29">
         <v>69</v>
       </c>
+      <c r="G29">
+        <v>298144</v>
+      </c>
       <c r="H29" t="str">
-        <v>breakablefungus</v>
+        <v>psalm51</v>
       </c>
       <c r="I29">
         <v>8</v>
       </c>
       <c r="J29">
         <v>69</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>5</v>
       </c>
       <c r="N29">
         <v>5</v>
       </c>
       <c r="O29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P29">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R29">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="S29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T29">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V29">
         <v>3</v>
       </c>
       <c r="W29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X29">
         <v>4</v>
       </c>
       <c r="Y29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA29">
         <v>3</v>
       </c>
       <c r="AB29">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>Mixed</v>
       </c>
       <c r="B30" t="str">
         <v>T27</v>
       </c>
       <c r="C30">
         <v>27</v>
       </c>
       <c r="D30" t="str">
-        <v>Kayden palmas</v>
+        <v>Jami Spurlock</v>
       </c>
       <c r="E30">
         <v>8</v>
       </c>
       <c r="F30">
         <v>69</v>
       </c>
       <c r="H30" t="str">
-        <v>therealtruff</v>
+        <v>breakablefungus</v>
       </c>
       <c r="I30">
         <v>8</v>
       </c>
       <c r="J30">
         <v>69</v>
       </c>
       <c r="K30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L30">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M30">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O30">
         <v>4</v>
       </c>
       <c r="P30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R30">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="S30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T30">
         <v>3</v>
       </c>
       <c r="U30">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V30">
         <v>3</v>
       </c>
       <c r="W30">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="AA30">
         <v>3</v>
       </c>
       <c r="AB30">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>Mixed</v>
       </c>
       <c r="B31" t="str">
         <v>T27</v>
       </c>
       <c r="C31">
         <v>27</v>
       </c>
       <c r="D31" t="str">
-        <v>Tyler Clawson</v>
+        <v>Kayden palmas</v>
       </c>
       <c r="E31">
         <v>8</v>
       </c>
       <c r="F31">
         <v>69</v>
       </c>
       <c r="H31" t="str">
-        <v>brewstew1996</v>
+        <v>therealtruff</v>
       </c>
       <c r="I31">
         <v>8</v>
       </c>
       <c r="J31">
         <v>69</v>
       </c>
       <c r="K31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O31">
         <v>4</v>
       </c>
       <c r="P31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R31">
         <v>4</v>
       </c>
       <c r="S31">
         <v>4</v>
       </c>
       <c r="T31">
         <v>3</v>
       </c>
       <c r="U31">
         <v>5</v>
       </c>
       <c r="V31">
         <v>3</v>
       </c>
       <c r="W31">
         <v>5</v>
       </c>
       <c r="X31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z31">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="AA31">
         <v>3</v>
       </c>
       <c r="AB31">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>Mixed</v>
       </c>
       <c r="B32" t="str">
         <v>T27</v>
       </c>
       <c r="C32">
         <v>27</v>
       </c>
       <c r="D32" t="str">
-        <v>Wendall Clawson</v>
+        <v>Tyler Clawson</v>
       </c>
       <c r="E32">
         <v>8</v>
       </c>
       <c r="F32">
         <v>69</v>
       </c>
       <c r="H32" t="str">
-        <v>jakiedaytona</v>
+        <v>brewstew1996</v>
       </c>
       <c r="I32">
         <v>8</v>
       </c>
       <c r="J32">
         <v>69</v>
       </c>
       <c r="K32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>4</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P32">
         <v>3</v>
       </c>
       <c r="Q32">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R32">
         <v>4</v>
       </c>
       <c r="S32">
         <v>4</v>
       </c>
       <c r="T32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U32">
         <v>5</v>
       </c>
       <c r="V32">
         <v>3</v>
       </c>
       <c r="W32">
         <v>5</v>
       </c>
       <c r="X32">
         <v>4</v>
       </c>
       <c r="Y32">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z32">
         <v>5</v>
       </c>
       <c r="AA32">
         <v>3</v>
       </c>
       <c r="AB32">
         <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>Mixed</v>
       </c>
       <c r="B33" t="str">
         <v>T32</v>
       </c>
       <c r="C33">
         <v>32</v>
       </c>
       <c r="D33" t="str">
         <v>Adam Bilawa</v>
       </c>
       <c r="E33">