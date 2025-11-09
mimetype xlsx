--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -2929,206 +2929,209 @@
       </c>
       <c r="Y29">
         <v>3</v>
       </c>
       <c r="Z29">
         <v>4</v>
       </c>
       <c r="AA29">
         <v>2</v>
       </c>
       <c r="AB29">
         <v>2</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MPO</v>
       </c>
       <c r="B30" t="str">
         <v>T28</v>
       </c>
       <c r="C30">
         <v>28</v>
       </c>
       <c r="D30" t="str">
-        <v>Randy Michaud</v>
+        <v>Wendall Clawson</v>
       </c>
       <c r="E30">
         <v>1</v>
       </c>
       <c r="F30">
         <v>62</v>
       </c>
       <c r="G30">
-        <v>300409</v>
+        <v>61152</v>
       </c>
       <c r="H30" t="str">
-        <v>dizzlemt</v>
+        <v>jakiedaytona</v>
       </c>
       <c r="I30">
         <v>1</v>
       </c>
       <c r="J30">
         <v>62</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>4</v>
       </c>
       <c r="N30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P30">
         <v>2</v>
       </c>
       <c r="Q30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R30">
         <v>4</v>
       </c>
       <c r="S30">
         <v>3</v>
       </c>
       <c r="T30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U30">
         <v>4</v>
       </c>
       <c r="V30">
         <v>4</v>
       </c>
       <c r="W30">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X30">
         <v>3</v>
       </c>
       <c r="Y30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z30">
         <v>4</v>
       </c>
       <c r="AA30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB30">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MPO</v>
       </c>
       <c r="B31" t="str">
         <v>T28</v>
       </c>
       <c r="C31">
         <v>28</v>
       </c>
       <c r="D31" t="str">
-        <v>Wendall Clawson</v>
+        <v>Randy Michaud</v>
       </c>
       <c r="E31">
         <v>1</v>
       </c>
       <c r="F31">
         <v>62</v>
       </c>
+      <c r="G31">
+        <v>300409</v>
+      </c>
       <c r="H31" t="str">
-        <v>jakiedaytona</v>
+        <v>dizzlemt</v>
       </c>
       <c r="I31">
         <v>1</v>
       </c>
       <c r="J31">
         <v>62</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
         <v>4</v>
       </c>
       <c r="N31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P31">
         <v>2</v>
       </c>
       <c r="Q31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R31">
         <v>4</v>
       </c>
       <c r="S31">
         <v>3</v>
       </c>
       <c r="T31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U31">
         <v>4</v>
       </c>
       <c r="V31">
         <v>4</v>
       </c>
       <c r="W31">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X31">
         <v>3</v>
       </c>
       <c r="Y31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z31">
         <v>4</v>
       </c>
       <c r="AA31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB31">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MPO</v>
       </c>
       <c r="B32" t="str">
         <v>T31</v>
       </c>
       <c r="C32">
         <v>31</v>
       </c>
       <c r="D32" t="str">
         <v>Jon Graff</v>
       </c>
       <c r="E32">
         <v>2</v>
       </c>
       <c r="F32">
         <v>63</v>
       </c>
       <c r="G32">
         <v>31145</v>
       </c>
       <c r="H32" t="str">