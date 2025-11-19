--- v0 (2025-10-20)
+++ v1 (2025-11-19)
@@ -628,2014 +628,2011 @@
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>ALL</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Wayne Luckert</v>
+        <v>Josh Green</v>
       </c>
       <c r="E3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F3">
-        <v>5</v>
+        <v>58</v>
       </c>
       <c r="G3">
-        <v>94707</v>
+        <v>72475</v>
       </c>
       <c r="H3" t="str">
-        <v>luckertjr</v>
+        <v>greenone</v>
       </c>
       <c r="I3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J3">
-        <v>5</v>
+        <v>58</v>
       </c>
       <c r="K3">
-        <v>5</v>
+        <v>3</v>
+      </c>
+      <c r="L3">
+        <v>4</v>
+      </c>
+      <c r="M3">
+        <v>3</v>
+      </c>
+      <c r="N3">
+        <v>3</v>
+      </c>
+      <c r="O3">
+        <v>4</v>
+      </c>
+      <c r="P3">
+        <v>3</v>
+      </c>
+      <c r="Q3">
+        <v>3</v>
+      </c>
+      <c r="R3">
+        <v>4</v>
+      </c>
+      <c r="S3">
+        <v>4</v>
+      </c>
+      <c r="T3">
+        <v>3</v>
+      </c>
+      <c r="U3">
+        <v>3</v>
+      </c>
+      <c r="V3">
+        <v>5</v>
+      </c>
+      <c r="W3">
+        <v>3</v>
+      </c>
+      <c r="X3">
+        <v>3</v>
+      </c>
+      <c r="Y3">
+        <v>2</v>
+      </c>
+      <c r="Z3">
+        <v>3</v>
+      </c>
+      <c r="AA3">
+        <v>3</v>
+      </c>
+      <c r="AB3">
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>ALL</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Josh Green</v>
+        <v>Daniel Finefrock</v>
       </c>
       <c r="E4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F4">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G4">
-        <v>72475</v>
+        <v>158003</v>
       </c>
       <c r="H4" t="str">
-        <v>greenone</v>
+        <v>finefrockd</v>
       </c>
       <c r="I4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J4">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB4">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>ALL</v>
       </c>
       <c r="B5" t="str">
-        <v>T4</v>
+        <v>T3</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Daniel Finefrock</v>
+        <v>Justin Werley</v>
       </c>
       <c r="E5">
         <v>4</v>
       </c>
       <c r="F5">
         <v>59</v>
       </c>
       <c r="G5">
-        <v>158003</v>
+        <v>247762</v>
       </c>
       <c r="H5" t="str">
-        <v>finefrockd</v>
+        <v>fookit88</v>
       </c>
       <c r="I5">
         <v>4</v>
       </c>
       <c r="J5">
         <v>59</v>
       </c>
       <c r="K5">
         <v>4</v>
       </c>
       <c r="L5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>2</v>
       </c>
       <c r="R5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB5">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>ALL</v>
       </c>
       <c r="B6" t="str">
-        <v>T4</v>
+        <v>T3</v>
       </c>
       <c r="C6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D6" t="str">
-        <v>Justin Werley</v>
+        <v>Aiden Buck</v>
       </c>
       <c r="E6">
         <v>4</v>
       </c>
       <c r="F6">
         <v>59</v>
       </c>
-      <c r="G6">
-[...1 lines deleted...]
-      </c>
       <c r="H6" t="str">
-        <v>fookit88</v>
+        <v>aidenbuck</v>
       </c>
       <c r="I6">
         <v>4</v>
       </c>
       <c r="J6">
         <v>59</v>
       </c>
       <c r="K6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L6">
         <v>5</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q6">
         <v>2</v>
       </c>
       <c r="R6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB6">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>ALL</v>
       </c>
       <c r="B7" t="str">
-        <v>T4</v>
+        <v>6</v>
       </c>
       <c r="C7">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Aiden Buck</v>
+        <v>JD Juarez</v>
       </c>
       <c r="E7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F7">
-        <v>59</v>
+        <v>60</v>
+      </c>
+      <c r="G7">
+        <v>173143</v>
       </c>
       <c r="H7" t="str">
-        <v>aidenbuck</v>
+        <v>jdznuttz</v>
       </c>
       <c r="I7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J7">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>5</v>
       </c>
       <c r="M7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O7">
+        <v>3</v>
+      </c>
+      <c r="P7">
+        <v>3</v>
+      </c>
+      <c r="Q7">
+        <v>3</v>
+      </c>
+      <c r="R7">
+        <v>3</v>
+      </c>
+      <c r="S7">
+        <v>3</v>
+      </c>
+      <c r="T7">
+        <v>5</v>
+      </c>
+      <c r="U7">
         <v>2</v>
       </c>
-      <c r="P7">
-[...16 lines deleted...]
-      </c>
       <c r="V7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>ALL</v>
       </c>
       <c r="B8" t="str">
-        <v>7</v>
+        <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>JD Juarez</v>
+        <v>Doug Fritz</v>
       </c>
       <c r="E8">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F8">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>173143</v>
+        <v>63</v>
       </c>
       <c r="H8" t="str">
-        <v>jdznuttz</v>
+        <v>mayor1</v>
       </c>
       <c r="I8">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="J8">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V8">
         <v>5</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>4</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>ALL</v>
       </c>
       <c r="B9" t="str">
-        <v>T8</v>
+        <v>T7</v>
       </c>
       <c r="C9">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D9" t="str">
-        <v>Doug Fritz</v>
+        <v xml:space="preserve">Peter Burns </v>
       </c>
       <c r="E9">
         <v>8</v>
       </c>
       <c r="F9">
         <v>63</v>
       </c>
       <c r="H9" t="str">
-        <v>mayor1</v>
+        <v>peteburns412</v>
       </c>
       <c r="I9">
         <v>8</v>
       </c>
       <c r="J9">
         <v>63</v>
       </c>
       <c r="K9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>4</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>ALL</v>
       </c>
       <c r="B10" t="str">
-        <v>T8</v>
+        <v>9</v>
       </c>
       <c r="C10">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v xml:space="preserve">Peter Burns </v>
+        <v>Eddie Grieger</v>
       </c>
       <c r="E10">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F10">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H10" t="str">
-        <v>peteburns412</v>
+        <v>eddieg0704</v>
       </c>
       <c r="I10">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="J10">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K10">
         <v>5</v>
       </c>
       <c r="L10">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
       <c r="U10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
+        <v>3</v>
+      </c>
+      <c r="X10">
+        <v>4</v>
+      </c>
+      <c r="Y10">
+        <v>3</v>
+      </c>
+      <c r="Z10">
+        <v>5</v>
+      </c>
+      <c r="AA10">
+        <v>3</v>
+      </c>
+      <c r="AB10">
         <v>2</v>
-      </c>
-[...13 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>ALL</v>
       </c>
       <c r="B11" t="str">
-        <v>10</v>
+        <v>T10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Eddie Grieger</v>
+        <v>Brian Ray</v>
       </c>
       <c r="E11">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F11">
-        <v>64</v>
+        <v>65</v>
+      </c>
+      <c r="G11">
+        <v>110495</v>
       </c>
       <c r="H11" t="str">
-        <v>eddieg0704</v>
+        <v>extramedium</v>
       </c>
       <c r="I11">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J11">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L11">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>4</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X11">
         <v>4</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB11">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>ALL</v>
       </c>
       <c r="B12" t="str">
-        <v>T11</v>
+        <v>T10</v>
       </c>
       <c r="C12">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D12" t="str">
-        <v>Brian Ray</v>
+        <v>Ed Eichinger</v>
       </c>
       <c r="E12">
         <v>10</v>
       </c>
       <c r="F12">
         <v>65</v>
       </c>
       <c r="G12">
-        <v>110495</v>
+        <v>121821</v>
       </c>
       <c r="H12" t="str">
-        <v>extramedium</v>
+        <v>edeichinger</v>
       </c>
       <c r="I12">
         <v>10</v>
       </c>
       <c r="J12">
         <v>65</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V12">
         <v>4</v>
       </c>
       <c r="W12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X12">
         <v>4</v>
       </c>
       <c r="Y12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z12">
         <v>4</v>
       </c>
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>ALL</v>
       </c>
       <c r="B13" t="str">
-        <v>T11</v>
+        <v>T10</v>
       </c>
       <c r="C13">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D13" t="str">
-        <v>Ed Eichinger</v>
+        <v>Chris Estrada</v>
       </c>
       <c r="E13">
         <v>10</v>
       </c>
       <c r="F13">
         <v>65</v>
       </c>
-      <c r="G13">
-[...1 lines deleted...]
-      </c>
       <c r="H13" t="str">
-        <v>edeichinger</v>
+        <v>chrisestrada510</v>
       </c>
       <c r="I13">
         <v>10</v>
       </c>
       <c r="J13">
         <v>65</v>
       </c>
       <c r="K13">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">
         <v>4</v>
       </c>
       <c r="Q13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y13">
         <v>4</v>
       </c>
       <c r="Z13">
         <v>4</v>
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>ALL</v>
       </c>
       <c r="B14" t="str">
-        <v>T11</v>
+        <v>T13</v>
       </c>
       <c r="C14">
+        <v>13</v>
+      </c>
+      <c r="D14" t="str">
+        <v>Deric Erwin</v>
+      </c>
+      <c r="E14">
         <v>11</v>
       </c>
-      <c r="D14" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="F14">
-        <v>65</v>
+        <v>66</v>
+      </c>
+      <c r="G14">
+        <v>273930</v>
       </c>
       <c r="H14" t="str">
-        <v>chrisestrada510</v>
+        <v>delehoer</v>
       </c>
       <c r="I14">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="J14">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K14">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>ALL</v>
       </c>
       <c r="B15" t="str">
-        <v>T14</v>
+        <v>T13</v>
       </c>
       <c r="C15">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D15" t="str">
-        <v>Deric Erwin</v>
+        <v>Kevin Vawter</v>
       </c>
       <c r="E15">
         <v>11</v>
       </c>
       <c r="F15">
         <v>66</v>
       </c>
       <c r="G15">
-        <v>273930</v>
+        <v>276505</v>
       </c>
       <c r="H15" t="str">
-        <v>delehoer</v>
+        <v>kevinvawter</v>
       </c>
       <c r="I15">
         <v>11</v>
       </c>
       <c r="J15">
         <v>66</v>
       </c>
       <c r="K15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S15">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="T15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="W15">
+        <v>3</v>
+      </c>
+      <c r="X15">
+        <v>3</v>
+      </c>
+      <c r="Y15">
+        <v>3</v>
+      </c>
+      <c r="Z15">
+        <v>4</v>
+      </c>
+      <c r="AA15">
+        <v>3</v>
+      </c>
+      <c r="AB15">
         <v>2</v>
-      </c>
-[...13 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>ALL</v>
       </c>
       <c r="B16" t="str">
-        <v>T14</v>
+        <v>T15</v>
       </c>
       <c r="C16">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Kevin Vawter</v>
+        <v>Michael Short</v>
       </c>
       <c r="E16">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F16">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G16">
-        <v>276505</v>
+        <v>201681</v>
       </c>
       <c r="H16" t="str">
-        <v>kevinvawter</v>
+        <v>diception</v>
       </c>
       <c r="I16">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="J16">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K16">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="S16">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="T16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z16">
         <v>4</v>
       </c>
       <c r="AA16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB16">
         <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>ALL</v>
       </c>
       <c r="B17" t="str">
-        <v>T16</v>
+        <v>T15</v>
       </c>
       <c r="C17">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D17" t="str">
-        <v>Michael Short</v>
+        <v>Jeremy Ingram</v>
       </c>
       <c r="E17">
         <v>12</v>
       </c>
       <c r="F17">
         <v>67</v>
       </c>
       <c r="G17">
-        <v>201681</v>
+        <v>277118</v>
       </c>
       <c r="H17" t="str">
-        <v>diception</v>
+        <v>jivish23</v>
       </c>
       <c r="I17">
         <v>12</v>
       </c>
       <c r="J17">
         <v>67</v>
       </c>
       <c r="K17">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="L17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>6</v>
       </c>
       <c r="S17">
         <v>4</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>
       <c r="U17">
         <v>3</v>
       </c>
       <c r="V17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z17">
         <v>4</v>
       </c>
       <c r="AA17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB17">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>ALL</v>
       </c>
       <c r="B18" t="str">
-        <v>T16</v>
+        <v>T17</v>
       </c>
       <c r="C18">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D18" t="str">
-        <v>Jeremy Ingram</v>
+        <v>Jonathan Juarez</v>
       </c>
       <c r="E18">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F18">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>277118</v>
+        <v>68</v>
       </c>
       <c r="H18" t="str">
-        <v>jivish23</v>
+        <v>trampdizzio03</v>
       </c>
       <c r="I18">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J18">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
+        <v>4</v>
+      </c>
+      <c r="S18">
+        <v>4</v>
+      </c>
+      <c r="T18">
+        <v>4</v>
+      </c>
+      <c r="U18">
+        <v>3</v>
+      </c>
+      <c r="V18">
         <v>6</v>
       </c>
-      <c r="S18">
-[...10 lines deleted...]
-      </c>
       <c r="W18">
         <v>4</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
         <v>4</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>ALL</v>
       </c>
       <c r="B19" t="str">
-        <v>T18</v>
+        <v>T17</v>
       </c>
       <c r="C19">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D19" t="str">
-        <v>Jonathan Juarez</v>
+        <v>Mike Lawrence</v>
       </c>
       <c r="E19">
         <v>13</v>
       </c>
       <c r="F19">
         <v>68</v>
       </c>
       <c r="H19" t="str">
-        <v>trampdizzio03</v>
+        <v>mikell</v>
       </c>
       <c r="I19">
         <v>13</v>
       </c>
       <c r="J19">
         <v>68</v>
       </c>
       <c r="K19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L19">
         <v>5</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
         <v>4</v>
       </c>
       <c r="S19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U19">
         <v>3</v>
       </c>
       <c r="V19">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="W19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>ALL</v>
       </c>
       <c r="B20" t="str">
-        <v>T18</v>
+        <v>19</v>
       </c>
       <c r="C20">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D20" t="str">
-        <v>Mike Lawrence</v>
+        <v>Ryan Snyder</v>
       </c>
       <c r="E20">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F20">
-        <v>68</v>
+        <v>69</v>
+      </c>
+      <c r="G20">
+        <v>251115</v>
       </c>
       <c r="H20" t="str">
-        <v>mikell</v>
+        <v>pig007</v>
       </c>
       <c r="I20">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="J20">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K20">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L20">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M20">
         <v>4</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>4</v>
       </c>
       <c r="P20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R20">
         <v>4</v>
       </c>
       <c r="S20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U20">
         <v>3</v>
       </c>
       <c r="V20">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="W20">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB20">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>ALL</v>
       </c>
       <c r="B21" t="str">
-        <v>20</v>
+        <v>T20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
-        <v>Ryan Snyder</v>
+        <v>Blake Martin</v>
       </c>
       <c r="E21">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F21">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>251115</v>
+        <v>70</v>
       </c>
       <c r="H21" t="str">
-        <v>pig007</v>
+        <v>krazyizz0</v>
       </c>
       <c r="I21">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J21">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L21">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="M21">
         <v>4</v>
       </c>
       <c r="N21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O21">
         <v>4</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
         <v>2</v>
       </c>
       <c r="R21">
         <v>4</v>
       </c>
       <c r="S21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T21">
         <v>4</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z21">
         <v>4</v>
       </c>
       <c r="AA21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB21">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>ALL</v>
       </c>
       <c r="B22" t="str">
-        <v>T21</v>
+        <v>T20</v>
       </c>
       <c r="C22">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D22" t="str">
-        <v>Blake Martin</v>
+        <v>Joshua Jewett</v>
       </c>
       <c r="E22">
         <v>15</v>
       </c>
       <c r="F22">
         <v>70</v>
       </c>
       <c r="H22" t="str">
-        <v>krazyizz0</v>
+        <v>joshjewett</v>
       </c>
       <c r="I22">
         <v>15</v>
       </c>
       <c r="J22">
         <v>70</v>
       </c>
       <c r="K22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L22">
         <v>4</v>
       </c>
       <c r="M22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S22">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="T22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U22">
         <v>3</v>
       </c>
       <c r="V22">
         <v>5</v>
       </c>
       <c r="W22">
         <v>4</v>
       </c>
       <c r="X22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z22">
         <v>4</v>
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>ALL</v>
       </c>
       <c r="B23" t="str">
-        <v>T21</v>
+        <v>22</v>
       </c>
       <c r="C23">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D23" t="str">
-        <v>Joshua Jewett</v>
+        <v>Greg buck</v>
       </c>
       <c r="E23">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F23">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H23" t="str">
-        <v>joshjewett</v>
+        <v>greg10</v>
       </c>
       <c r="I23">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="J23">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="K23">
         <v>5</v>
       </c>
       <c r="L23">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q23">
         <v>3</v>
       </c>
       <c r="R23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S23">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="T23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y23">
         <v>3</v>
       </c>
       <c r="Z23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB23">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>ALL</v>
       </c>
       <c r="B24" t="str">
         <v>23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
-        <v>Greg buck</v>
+        <v>Paul S</v>
       </c>
       <c r="E24">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F24">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H24" t="str">
-        <v>greg10</v>
+        <v>pauls2</v>
       </c>
       <c r="I24">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="J24">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="K24">
         <v>5</v>
       </c>
       <c r="L24">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="M24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>4</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
       <c r="Q24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S24">
         <v>4</v>
       </c>
       <c r="T24">
         <v>4</v>
       </c>
       <c r="U24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA24">
         <v>4</v>
       </c>
       <c r="AB24">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>ALL</v>
       </c>
       <c r="B25" t="str">
         <v>24</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="str">
-        <v>Paul S</v>
+        <v>Trey Buck</v>
       </c>
       <c r="E25">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F25">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="H25" t="str">
-        <v>pauls2</v>
+        <v>papasmoke21</v>
       </c>
       <c r="I25">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="J25">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="K25">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L25">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="M25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
         <v>4</v>
       </c>
       <c r="R25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S25">
         <v>4</v>
       </c>
       <c r="T25">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="U25">
         <v>3</v>
       </c>
       <c r="V25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X25">
         <v>4</v>
       </c>
       <c r="Y25">
         <v>4</v>
       </c>
       <c r="Z25">
         <v>4</v>
       </c>
       <c r="AA25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB25">
         <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>ALL</v>
       </c>
       <c r="B26" t="str">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>DNF</v>
       </c>
       <c r="D26" t="str">
-        <v>Trey Buck</v>
+        <v>Wayne Luckert</v>
       </c>
       <c r="E26">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="F26">
-        <v>77</v>
+        <v>5</v>
+      </c>
+      <c r="G26">
+        <v>94707</v>
       </c>
       <c r="H26" t="str">
-        <v>papasmoke21</v>
+        <v>luckertjr</v>
       </c>
       <c r="I26">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="J26">
-        <v>77</v>
+        <v>5</v>
       </c>
       <c r="K26">
-        <v>6</v>
-[...50 lines deleted...]
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB26"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>