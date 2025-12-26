--- v0 (2025-11-28)
+++ v1 (2025-12-26)
@@ -912,51 +912,51 @@
       </c>
       <c r="Y5">
         <v>2</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>4</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>PRO</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
+        <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Patrick Kelly</v>
       </c>
       <c r="E6">
         <v>-4</v>
       </c>
       <c r="F6">
         <v>55</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6">
         <v>133804</v>
       </c>
       <c r="I6" t="str">
         <v>patrickkelly</v>
       </c>
       <c r="J6">
         <v>-4</v>
       </c>
@@ -1004,142 +1004,238 @@
       </c>
       <c r="Y6">
         <v>4</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>PRO</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
+        <v>T5</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Thong Vue</v>
+        <v>Joe Hoppe</v>
       </c>
       <c r="E7">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="F7">
-        <v>7</v>
+        <v>55</v>
       </c>
       <c r="G7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H7">
-        <v>123167</v>
+        <v>164221</v>
       </c>
       <c r="I7" t="str">
-        <v>shipoopi</v>
+        <v>joehoppe</v>
       </c>
       <c r="J7">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="K7">
-        <v>7</v>
+        <v>55</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N7">
         <v>2</v>
+      </c>
+      <c r="O7">
+        <v>3</v>
+      </c>
+      <c r="P7">
+        <v>2</v>
+      </c>
+      <c r="Q7">
+        <v>4</v>
+      </c>
+      <c r="R7">
+        <v>3</v>
+      </c>
+      <c r="S7">
+        <v>2</v>
+      </c>
+      <c r="T7">
+        <v>2</v>
+      </c>
+      <c r="U7">
+        <v>4</v>
+      </c>
+      <c r="V7">
+        <v>3</v>
+      </c>
+      <c r="W7">
+        <v>3</v>
+      </c>
+      <c r="X7">
+        <v>2</v>
+      </c>
+      <c r="Y7">
+        <v>5</v>
+      </c>
+      <c r="Z7">
+        <v>2</v>
+      </c>
+      <c r="AA7">
+        <v>2</v>
+      </c>
+      <c r="AB7">
+        <v>4</v>
+      </c>
+      <c r="AC7">
+        <v>3</v>
+      </c>
+      <c r="AD7">
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>PRO</v>
       </c>
       <c r="B8" t="str">
-        <v>T7</v>
+        <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Joe Hoppe</v>
+        <v>Thong Vue</v>
       </c>
       <c r="E8">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="F8">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="G8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H8">
-        <v>164221</v>
+        <v>123167</v>
       </c>
       <c r="I8" t="str">
-        <v>joehoppe</v>
+        <v>shipoopi</v>
       </c>
       <c r="J8">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="K8">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N8">
         <v>2</v>
+      </c>
+      <c r="O8">
+        <v>3</v>
+      </c>
+      <c r="P8">
+        <v>3</v>
+      </c>
+      <c r="Q8">
+        <v>2</v>
+      </c>
+      <c r="R8">
+        <v>5</v>
+      </c>
+      <c r="S8">
+        <v>4</v>
+      </c>
+      <c r="T8">
+        <v>2</v>
+      </c>
+      <c r="U8">
+        <v>4</v>
+      </c>
+      <c r="V8">
+        <v>4</v>
+      </c>
+      <c r="W8">
+        <v>2</v>
+      </c>
+      <c r="X8">
+        <v>2</v>
+      </c>
+      <c r="Y8">
+        <v>3</v>
+      </c>
+      <c r="Z8">
+        <v>3</v>
+      </c>
+      <c r="AA8">
+        <v>3</v>
+      </c>
+      <c r="AB8">
+        <v>3</v>
+      </c>
+      <c r="AC8">
+        <v>3</v>
+      </c>
+      <c r="AD8">
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>PRO</v>
       </c>
       <c r="B9" t="str">
-        <v>T7</v>
+        <v>T8</v>
       </c>
       <c r="C9">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D9" t="str">
         <v xml:space="preserve">Matt Tomy </v>
       </c>
       <c r="E9">
         <v>-1</v>
       </c>
       <c r="F9">
         <v>58</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9">
         <v>80715</v>
       </c>
       <c r="I9" t="str">
         <v>discgolfer803</v>
       </c>
       <c r="J9">
         <v>-1</v>
       </c>
       <c r="K9">
         <v>58</v>
       </c>
@@ -1184,54 +1280,54 @@
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>2</v>
       </c>
       <c r="AA9">
         <v>4</v>
       </c>
       <c r="AB9">
         <v>6</v>
       </c>
       <c r="AC9">
         <v>3</v>
       </c>
       <c r="AD9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>PRO</v>
       </c>
       <c r="B10" t="str">
-        <v>T7</v>
+        <v>T8</v>
       </c>
       <c r="C10">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D10" t="str">
         <v>Peter Atkins</v>
       </c>
       <c r="E10">
         <v>-1</v>
       </c>
       <c r="F10">
         <v>58</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10">
         <v>108294</v>
       </c>
       <c r="I10" t="str">
         <v>muppete</v>
       </c>
       <c r="J10">
         <v>-1</v>
       </c>
       <c r="K10">
         <v>58</v>
       </c>
@@ -1371,164 +1467,212 @@
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>6</v>
       </c>
       <c r="AC11">
         <v>2</v>
       </c>
       <c r="AD11">
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>PRO</v>
       </c>
       <c r="B12" t="str">
         <v>DUP</v>
       </c>
       <c r="D12" t="str">
-        <v>shawn livermore</v>
+        <v>Joe Hoppe</v>
       </c>
       <c r="E12">
-        <v>-2</v>
+        <v>5</v>
       </c>
       <c r="F12">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="G12">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H12">
-        <v>165817</v>
+        <v>164221</v>
       </c>
       <c r="I12" t="str">
-        <v>trickster621</v>
+        <v>joehoppe</v>
       </c>
       <c r="J12">
-        <v>-2</v>
+        <v>5</v>
       </c>
       <c r="K12">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="L12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N12">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="O12">
+        <v>2</v>
+      </c>
+      <c r="P12">
+        <v>3</v>
+      </c>
+      <c r="Q12">
+        <v>4</v>
+      </c>
+      <c r="R12">
+        <v>4</v>
+      </c>
+      <c r="S12">
+        <v>3</v>
+      </c>
+      <c r="T12">
+        <v>3</v>
+      </c>
+      <c r="U12">
+        <v>3</v>
+      </c>
+      <c r="V12">
+        <v>4</v>
+      </c>
+      <c r="W12">
+        <v>3</v>
+      </c>
+      <c r="X12">
+        <v>3</v>
+      </c>
+      <c r="Y12">
+        <v>5</v>
+      </c>
+      <c r="Z12">
+        <v>3</v>
+      </c>
+      <c r="AA12">
+        <v>4</v>
+      </c>
+      <c r="AB12">
+        <v>5</v>
+      </c>
+      <c r="AC12">
+        <v>3</v>
+      </c>
+      <c r="AD12">
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>PRO</v>
       </c>
       <c r="B13" t="str">
         <v>DUP</v>
       </c>
       <c r="D13" t="str">
-        <v>Joe Hoppe</v>
+        <v>shawn livermore</v>
       </c>
       <c r="E13">
-        <v>5</v>
+        <v>-2</v>
       </c>
       <c r="F13">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="G13">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H13">
-        <v>164221</v>
+        <v>165817</v>
       </c>
       <c r="I13" t="str">
-        <v>joehoppe</v>
+        <v>trickster621</v>
       </c>
       <c r="J13">
-        <v>5</v>
+        <v>-2</v>
       </c>
       <c r="K13">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="L13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>4</v>
       </c>
       <c r="R13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AC13">
         <v>3</v>
       </c>
       <c r="AD13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>ADV</v>
       </c>
       <c r="B14" t="str">
         <v>1</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14" t="str">
         <v>Chris Carlson</v>
       </c>
       <c r="E14">
         <v>-2</v>
       </c>
       <c r="F14">