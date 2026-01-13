--- v0 (2025-12-23)
+++ v1 (2026-01-13)
@@ -1092,51 +1092,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA2</v>
       </c>
       <c r="B8" t="str">
         <v>DNF</v>
       </c>
       <c r="D8" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E8">
         <v>8</v>
       </c>
       <c r="F8">
         <v>41</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
         <v>299041</v>
       </c>
       <c r="I8" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="J8">
         <v>8</v>
       </c>
       <c r="K8">
         <v>41</v>
       </c>
       <c r="L8">
         <v>5</v>
       </c>
       <c r="M8">
         <v>6</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>4</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>