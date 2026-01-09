--- v0 (2025-11-21)
+++ v1 (2026-01-09)
@@ -914,51 +914,51 @@
       <c r="A6" t="str">
         <v>MA2</v>
       </c>
       <c r="B6" t="str">
         <v>2</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
       <c r="D6" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E6">
         <v>14</v>
       </c>
       <c r="F6">
         <v>74</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6">
         <v>299041</v>
       </c>
       <c r="I6" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="J6">
         <v>14</v>
       </c>
       <c r="K6">
         <v>74</v>
       </c>
       <c r="L6">
         <v>5</v>
       </c>
       <c r="M6">
         <v>6</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>5</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
         <v>4</v>
       </c>