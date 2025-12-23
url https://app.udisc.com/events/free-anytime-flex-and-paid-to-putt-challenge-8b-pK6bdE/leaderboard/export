--- v0 (2025-10-20)
+++ v1 (2025-12-23)
@@ -1177,50 +1177,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA3</v>
       </c>
       <c r="B9" t="str">
         <v>2</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
       <c r="D9" t="str">
         <v>Logan Scarbrough</v>
       </c>
       <c r="E9">
         <v>2</v>
       </c>
       <c r="F9">
         <v>60</v>
       </c>
       <c r="G9">
         <v>2</v>
       </c>
+      <c r="H9">
+        <v>306749</v>
+      </c>
       <c r="I9" t="str">
         <v>logans901</v>
       </c>
       <c r="J9">
         <v>2</v>
       </c>
       <c r="K9">
         <v>60</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>5</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
@@ -1249,200 +1252,203 @@
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
       <c r="AC9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA3</v>
       </c>
       <c r="B10" t="str">
         <v>DUP</v>
       </c>
       <c r="D10" t="str">
-        <v>Jake Sloan</v>
+        <v>Logan Scarbrough</v>
       </c>
       <c r="E10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F10">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
+      <c r="H10">
+        <v>306749</v>
+      </c>
       <c r="I10" t="str">
-        <v>jaketsloan</v>
+        <v>logans901</v>
       </c>
       <c r="J10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K10">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>5</v>
       </c>
       <c r="N10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>4</v>
       </c>
       <c r="W10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA3</v>
       </c>
       <c r="B11" t="str">
         <v>DUP</v>
       </c>
       <c r="D11" t="str">
-        <v>Logan Scarbrough</v>
+        <v>Jake Sloan</v>
       </c>
       <c r="E11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F11">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="I11" t="str">
-        <v>logans901</v>
+        <v>jaketsloan</v>
       </c>
       <c r="J11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K11">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>5</v>
       </c>
       <c r="N11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
         <v>4</v>
       </c>
       <c r="W11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
       <c r="AC11">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>CASUAL</v>
       </c>
       <c r="B12" t="str">
         <v>1</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12" t="str">
         <v xml:space="preserve">Jacob Raab </v>
       </c>
       <c r="E12">
         <v>-4</v>
       </c>
       <c r="F12">