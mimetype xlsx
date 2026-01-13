--- v1 (2025-12-23)
+++ v2 (2026-01-13)
@@ -1006,51 +1006,51 @@
       <c r="A7" t="str">
         <v>MA2</v>
       </c>
       <c r="B7" t="str">
         <v>T2</v>
       </c>
       <c r="C7">
         <v>2</v>
       </c>
       <c r="D7" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E7">
         <v>-4</v>
       </c>
       <c r="F7">
         <v>54</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7">
         <v>299041</v>
       </c>
       <c r="I7" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="J7">
         <v>-4</v>
       </c>
       <c r="K7">
         <v>54</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>