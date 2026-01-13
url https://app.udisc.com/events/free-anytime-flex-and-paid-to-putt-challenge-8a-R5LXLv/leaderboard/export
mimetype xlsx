--- v0 (2025-10-19)
+++ v1 (2026-01-13)
@@ -1006,51 +1006,51 @@
       <c r="A7" t="str">
         <v>MA2</v>
       </c>
       <c r="B7" t="str">
         <v>T2</v>
       </c>
       <c r="C7">
         <v>2</v>
       </c>
       <c r="D7" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E7">
         <v>4</v>
       </c>
       <c r="F7">
         <v>64</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7">
         <v>299041</v>
       </c>
       <c r="I7" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="J7">
         <v>4</v>
       </c>
       <c r="K7">
         <v>64</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>6</v>
       </c>
       <c r="N7">
         <v>4</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
       <c r="Q7">
         <v>5</v>
       </c>