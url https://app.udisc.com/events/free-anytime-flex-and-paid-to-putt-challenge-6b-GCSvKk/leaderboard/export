--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -2251,51 +2251,51 @@
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA4</v>
       </c>
       <c r="B22" t="str">
         <v>2</v>
       </c>
       <c r="C22">
         <v>2</v>
       </c>
       <c r="D22" t="str">
         <v>Greg T</v>
       </c>
       <c r="E22">
         <v>4</v>
       </c>
       <c r="F22">
         <v>62</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="I22" t="str">
-        <v>drmoocowz</v>
+        <v>chaosburger</v>
       </c>
       <c r="J22">
         <v>4</v>
       </c>
       <c r="K22">
         <v>62</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>6</v>
       </c>
       <c r="N22">
         <v>5</v>
       </c>
       <c r="O22">
         <v>4</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
         <v>4</v>
       </c>