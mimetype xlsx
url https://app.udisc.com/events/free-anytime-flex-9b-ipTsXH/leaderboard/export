--- v0 (2025-10-19)
+++ v1 (2026-01-13)
@@ -825,51 +825,51 @@
       <c r="A5" t="str">
         <v>MA2</v>
       </c>
       <c r="B5" t="str">
         <v>3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E5">
         <v>-6</v>
       </c>
       <c r="F5">
         <v>52</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5">
         <v>299041</v>
       </c>
       <c r="I5" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="J5">
         <v>-6</v>
       </c>
       <c r="K5">
         <v>52</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>5</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>2</v>
       </c>