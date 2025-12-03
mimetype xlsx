--- v0 (2025-10-20)
+++ v1 (2025-12-03)
@@ -1898,51 +1898,51 @@
       <c r="A18" t="str">
         <v>MA4</v>
       </c>
       <c r="B18" t="str">
         <v>4</v>
       </c>
       <c r="C18">
         <v>4</v>
       </c>
       <c r="D18" t="str">
         <v>Sean Scott</v>
       </c>
       <c r="E18">
         <v>1</v>
       </c>
       <c r="F18">
         <v>59</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
       <c r="H18">
         <v>309463</v>
       </c>
       <c r="I18" t="str">
-        <v>franko615</v>
+        <v>sean615</v>
       </c>
       <c r="J18">
         <v>1</v>
       </c>
       <c r="K18">
         <v>59</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
         <v>5</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>