--- v1 (2025-12-03)
+++ v2 (2026-01-13)
@@ -1006,51 +1006,51 @@
       <c r="A7" t="str">
         <v>MA2</v>
       </c>
       <c r="B7" t="str">
         <v>2</v>
       </c>
       <c r="C7">
         <v>2</v>
       </c>
       <c r="D7" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E7">
         <v>-1</v>
       </c>
       <c r="F7">
         <v>57</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7">
         <v>299041</v>
       </c>
       <c r="I7" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="J7">
         <v>-1</v>
       </c>
       <c r="K7">
         <v>57</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>