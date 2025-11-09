--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -818,50 +818,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA3</v>
       </c>
       <c r="B5" t="str">
         <v>3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Logan Scarbrough</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>58</v>
       </c>
       <c r="G5">
         <v>2</v>
       </c>
+      <c r="H5">
+        <v>306749</v>
+      </c>
       <c r="I5" t="str">
         <v>logans901</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>58</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>5</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
@@ -890,206 +893,209 @@
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>2</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
       <c r="AC5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA3</v>
       </c>
       <c r="B6" t="str">
         <v>DUP</v>
       </c>
       <c r="D6" t="str">
-        <v>Jake Sloan</v>
+        <v>Logan Scarbrough</v>
       </c>
       <c r="E6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F6">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
+      <c r="H6">
+        <v>306749</v>
+      </c>
       <c r="I6" t="str">
-        <v>jaketsloan</v>
+        <v>logans901</v>
       </c>
       <c r="J6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K6">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
+        <v>5</v>
+      </c>
+      <c r="N6">
+        <v>3</v>
+      </c>
+      <c r="O6">
+        <v>2</v>
+      </c>
+      <c r="P6">
+        <v>3</v>
+      </c>
+      <c r="Q6">
+        <v>3</v>
+      </c>
+      <c r="R6">
+        <v>4</v>
+      </c>
+      <c r="S6">
+        <v>3</v>
+      </c>
+      <c r="T6">
+        <v>3</v>
+      </c>
+      <c r="U6">
+        <v>3</v>
+      </c>
+      <c r="V6">
+        <v>3</v>
+      </c>
+      <c r="W6">
+        <v>3</v>
+      </c>
+      <c r="X6">
+        <v>3</v>
+      </c>
+      <c r="Y6">
+        <v>3</v>
+      </c>
+      <c r="Z6">
+        <v>4</v>
+      </c>
+      <c r="AA6">
+        <v>4</v>
+      </c>
+      <c r="AB6">
+        <v>4</v>
+      </c>
+      <c r="AC6">
         <v>6</v>
-      </c>
-[...46 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>DUP</v>
       </c>
       <c r="D7" t="str">
-        <v>Logan Scarbrough</v>
+        <v>Jake Sloan</v>
       </c>
       <c r="E7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F7">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="I7" t="str">
-        <v>logans901</v>
+        <v>jaketsloan</v>
       </c>
       <c r="J7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K7">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="N7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
       <c r="AC7">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA4</v>
       </c>
       <c r="B8" t="str">
         <v>1</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8" t="str">
         <v>Ben Yoder</v>
       </c>
       <c r="E8">
         <v>-4</v>
       </c>
       <c r="F8">
         <v>54</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">