--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -2310,50 +2310,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA4</v>
       </c>
       <c r="B22" t="str">
         <v>5</v>
       </c>
       <c r="C22">
         <v>5</v>
       </c>
       <c r="D22" t="str">
         <v>Eric Rhodes</v>
       </c>
       <c r="E22">
         <v>18</v>
       </c>
       <c r="F22">
         <v>77</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
+      <c r="H22">
+        <v>317027</v>
+      </c>
       <c r="I22" t="str">
         <v>soosemcgoose</v>
       </c>
       <c r="J22">
         <v>18</v>
       </c>
       <c r="K22">
         <v>77</v>
       </c>
       <c r="L22">
         <v>8</v>
       </c>
       <c r="M22">
         <v>6</v>
       </c>
       <c r="N22">
         <v>5</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>4</v>
       </c>
       <c r="Q22">