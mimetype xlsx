--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -1083,95 +1083,101 @@
       </c>
       <c r="AA7">
         <v>2</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA2</v>
       </c>
       <c r="B8" t="str">
         <v>DNF</v>
       </c>
       <c r="D8" t="str">
         <v>Tyler Tilghman</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
         <v>204574</v>
       </c>
       <c r="I8" t="str">
         <v>ttoke0420</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
       <c r="K8">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="L8">
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA2</v>
       </c>
       <c r="B9" t="str">
         <v>DNF</v>
       </c>
       <c r="D9" t="str">
         <v>Chris DeRojas</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="I9" t="str">
         <v>therealshinobi</v>
       </c>
       <c r="J9">
         <v>0</v>
       </c>
       <c r="K9">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="L9">
+        <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA3</v>
       </c>
       <c r="B10" t="str">
         <v>1</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="str">
         <v>Aaron Szczerba</v>
       </c>
       <c r="E10">
         <v>1</v>
       </c>
       <c r="F10">
         <v>60</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10">