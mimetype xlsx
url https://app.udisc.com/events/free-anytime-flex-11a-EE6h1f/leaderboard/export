--- v1 (2025-11-09)
+++ v2 (2026-01-13)
@@ -1123,50 +1123,53 @@
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA2</v>
       </c>
       <c r="B9" t="str">
         <v>DNF</v>
       </c>
       <c r="D9" t="str">
         <v>Chris DeRojas</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9">
         <v>3</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
+      <c r="H9">
+        <v>319389</v>
+      </c>
       <c r="I9" t="str">
         <v>therealshinobi</v>
       </c>
       <c r="J9">
         <v>0</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA3</v>
       </c>
       <c r="B10" t="str">
         <v>1</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="str">
         <v>Aaron Szczerba</v>