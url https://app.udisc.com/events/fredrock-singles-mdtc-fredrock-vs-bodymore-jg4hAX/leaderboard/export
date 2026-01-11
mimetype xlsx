--- v0 (2025-12-19)
+++ v1 (2026-01-11)
@@ -1820,60 +1820,63 @@
       </c>
       <c r="Y16">
         <v>2</v>
       </c>
       <c r="Z16">
         <v>4</v>
       </c>
       <c r="AA16">
         <v>4</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>Erin Kollins</v>
+        <v>Jesse Yingling</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>57</v>
       </c>
+      <c r="G17">
+        <v>21740</v>
+      </c>
       <c r="H17" t="str">
-        <v>ekollins</v>
+        <v>skyjuice</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>57</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>5</v>
       </c>
@@ -1903,60 +1906,60 @@
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
-        <v>Jesse Yingling</v>
+        <v>Erin Kollins</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
       <c r="F18">
         <v>57</v>
       </c>
       <c r="H18" t="str">
-        <v>skyjuice</v>
+        <v>ekollins</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18">
         <v>57</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>5</v>
       </c>