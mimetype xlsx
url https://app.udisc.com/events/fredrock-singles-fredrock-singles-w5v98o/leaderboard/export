--- v0 (2025-11-06)
+++ v1 (2026-01-11)
@@ -714,206 +714,209 @@
       </c>
       <c r="Y3">
         <v>4</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
         <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GOLD</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Noah Lawrence</v>
+        <v>Jesse Yingling</v>
       </c>
       <c r="E4">
         <v>-3</v>
       </c>
       <c r="F4">
         <v>55</v>
       </c>
       <c r="G4">
-        <v>231234</v>
+        <v>21740</v>
       </c>
       <c r="H4" t="str">
-        <v>njlawrence</v>
+        <v>skyjuice</v>
       </c>
       <c r="I4">
         <v>-3</v>
       </c>
       <c r="J4">
         <v>55</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>5</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GOLD</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Jesse Yingling</v>
+        <v>Noah Lawrence</v>
       </c>
       <c r="E5">
         <v>-3</v>
       </c>
       <c r="F5">
         <v>55</v>
       </c>
+      <c r="G5">
+        <v>231234</v>
+      </c>
       <c r="H5" t="str">
-        <v>skyjuice</v>
+        <v>njlawrence</v>
       </c>
       <c r="I5">
         <v>-3</v>
       </c>
       <c r="J5">
         <v>55</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>5</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>2</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GOLD</v>
       </c>
       <c r="B6" t="str">
         <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Tom Ryan</v>
       </c>
       <c r="E6">
         <v>-2</v>
       </c>
       <c r="F6">
         <v>56</v>
       </c>
       <c r="G6">
         <v>193987</v>
       </c>
       <c r="H6" t="str">