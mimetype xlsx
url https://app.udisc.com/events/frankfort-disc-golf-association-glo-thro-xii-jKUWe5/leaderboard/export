--- v0 (2025-11-09)
+++ v1 (2026-02-13)
@@ -4847,50 +4847,53 @@
         <v>5</v>
       </c>
       <c r="AH42">
         <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>NOV</v>
       </c>
       <c r="B43" t="str">
         <v>14</v>
       </c>
       <c r="C43">
         <v>14</v>
       </c>
       <c r="D43" t="str">
         <v>Elliott Underwood</v>
       </c>
       <c r="E43">
         <v>19</v>
       </c>
       <c r="F43">
         <v>92</v>
       </c>
+      <c r="G43">
+        <v>315954</v>
+      </c>
       <c r="H43" t="str">
         <v>elliott09</v>
       </c>
       <c r="I43">
         <v>19</v>
       </c>
       <c r="J43">
         <v>92</v>
       </c>
       <c r="K43">
         <v>6</v>
       </c>
       <c r="L43">
         <v>5</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">