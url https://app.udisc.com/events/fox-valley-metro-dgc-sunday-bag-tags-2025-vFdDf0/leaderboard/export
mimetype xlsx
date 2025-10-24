--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -2504,50 +2504,53 @@
         <v>4</v>
       </c>
       <c r="AB24">
         <v>2</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>T24</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="str">
         <v>Anthony Pane</v>
       </c>
       <c r="E25">
         <v>6</v>
       </c>
       <c r="F25">
         <v>60</v>
       </c>
+      <c r="G25">
+        <v>316244</v>
+      </c>
       <c r="H25" t="str">
         <v>apane72</v>
       </c>
       <c r="I25">
         <v>6</v>
       </c>
       <c r="J25">
         <v>60</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>4</v>
       </c>
       <c r="P25">