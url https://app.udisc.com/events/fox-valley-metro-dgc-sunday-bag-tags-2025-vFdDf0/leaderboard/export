--- v1 (2025-10-24)
+++ v2 (2025-11-19)
@@ -1651,206 +1651,209 @@
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>Ben Dobberstein</v>
+        <v>Chris Bianchi</v>
       </c>
       <c r="E15">
         <v>1</v>
       </c>
       <c r="F15">
         <v>55</v>
       </c>
       <c r="G15">
-        <v>163648</v>
+        <v>4221</v>
       </c>
       <c r="H15" t="str">
-        <v>dobber2723</v>
+        <v>frisbeefossil</v>
       </c>
       <c r="I15">
         <v>1</v>
       </c>
       <c r="J15">
         <v>55</v>
       </c>
       <c r="K15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
         <v>2</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T14</v>
       </c>
       <c r="C16">
         <v>14</v>
       </c>
       <c r="D16" t="str">
-        <v>Chris Bianchi</v>
+        <v>Ben Dobberstein</v>
       </c>
       <c r="E16">
         <v>1</v>
       </c>
       <c r="F16">
         <v>55</v>
       </c>
+      <c r="G16">
+        <v>163648</v>
+      </c>
       <c r="H16" t="str">
-        <v>frisbeefossil</v>
+        <v>dobber2723</v>
       </c>
       <c r="I16">
         <v>1</v>
       </c>
       <c r="J16">
         <v>55</v>
       </c>
       <c r="K16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
         <v>2</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>Alex soulless</v>
       </c>
       <c r="E17">
         <v>2</v>
       </c>
       <c r="F17">
         <v>56</v>
       </c>
       <c r="G17">
         <v>294463</v>
       </c>
       <c r="H17" t="str">