--- v0 (2025-10-03)
+++ v1 (2025-11-19)
@@ -1645,206 +1645,209 @@
       </c>
       <c r="Y14">
         <v>4</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>Christopher Musica</v>
+        <v>Chris Bianchi</v>
       </c>
       <c r="E15">
         <v>2</v>
       </c>
       <c r="F15">
         <v>56</v>
       </c>
       <c r="G15">
-        <v>134999</v>
+        <v>4221</v>
       </c>
       <c r="H15" t="str">
-        <v>christopher1111</v>
+        <v>frisbeefossil</v>
       </c>
       <c r="I15">
         <v>2</v>
       </c>
       <c r="J15">
         <v>56</v>
       </c>
       <c r="K15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N15">
+        <v>4</v>
+      </c>
+      <c r="O15">
+        <v>3</v>
+      </c>
+      <c r="P15">
+        <v>3</v>
+      </c>
+      <c r="Q15">
+        <v>3</v>
+      </c>
+      <c r="R15">
+        <v>3</v>
+      </c>
+      <c r="S15">
         <v>5</v>
       </c>
-      <c r="O15">
-[...13 lines deleted...]
-      </c>
       <c r="T15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T14</v>
       </c>
       <c r="C16">
         <v>14</v>
       </c>
       <c r="D16" t="str">
-        <v>Chris Bianchi</v>
+        <v>Christopher Musica</v>
       </c>
       <c r="E16">
         <v>2</v>
       </c>
       <c r="F16">
         <v>56</v>
       </c>
+      <c r="G16">
+        <v>134999</v>
+      </c>
       <c r="H16" t="str">
-        <v>frisbeefossil</v>
+        <v>christopher1111</v>
       </c>
       <c r="I16">
         <v>2</v>
       </c>
       <c r="J16">
         <v>56</v>
       </c>
       <c r="K16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>Jonathan Rippe</v>
       </c>
       <c r="E17">
         <v>3</v>
       </c>
       <c r="F17">
         <v>57</v>
       </c>
       <c r="G17">
         <v>127957</v>
       </c>
       <c r="H17" t="str">