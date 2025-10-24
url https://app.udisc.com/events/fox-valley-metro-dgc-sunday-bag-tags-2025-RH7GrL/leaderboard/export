--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -3014,50 +3014,53 @@
         <v>3</v>
       </c>
       <c r="AB30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>T29</v>
       </c>
       <c r="C31">
         <v>29</v>
       </c>
       <c r="D31" t="str">
         <v>Anthony Pane</v>
       </c>
       <c r="E31">
         <v>8</v>
       </c>
       <c r="F31">
         <v>62</v>
       </c>
+      <c r="G31">
+        <v>316244</v>
+      </c>
       <c r="H31" t="str">
         <v>apane72</v>
       </c>
       <c r="I31">
         <v>8</v>
       </c>
       <c r="J31">
         <v>62</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
       <c r="L31">
         <v>4</v>
       </c>
       <c r="M31">
         <v>3</v>
       </c>
       <c r="N31">
         <v>4</v>
       </c>
       <c r="O31">
         <v>4</v>
       </c>
       <c r="P31">