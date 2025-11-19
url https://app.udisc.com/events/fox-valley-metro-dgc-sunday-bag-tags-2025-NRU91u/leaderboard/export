--- v0 (2025-10-24)
+++ v1 (2025-11-19)
@@ -1820,289 +1820,292 @@
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>4</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>Doug Boring</v>
+        <v>Chris Bianchi</v>
       </c>
       <c r="E17">
         <v>1</v>
       </c>
       <c r="F17">
         <v>55</v>
       </c>
       <c r="G17">
-        <v>225362</v>
+        <v>4221</v>
       </c>
       <c r="H17" t="str">
-        <v>dougfunnie</v>
+        <v>frisbeefossil</v>
       </c>
       <c r="I17">
         <v>1</v>
       </c>
       <c r="J17">
         <v>55</v>
       </c>
       <c r="K17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>
       <c r="U17">
         <v>3</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
         <v>3</v>
       </c>
       <c r="X17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
-        <v>Alex solis</v>
+        <v>Doug Boring</v>
       </c>
       <c r="E18">
         <v>1</v>
       </c>
       <c r="F18">
         <v>55</v>
       </c>
       <c r="G18">
-        <v>294463</v>
+        <v>225362</v>
       </c>
       <c r="H18" t="str">
-        <v>choptop94</v>
+        <v>dougfunnie</v>
       </c>
       <c r="I18">
         <v>1</v>
       </c>
       <c r="J18">
         <v>55</v>
       </c>
       <c r="K18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
         <v>3</v>
       </c>
       <c r="U18">
         <v>3</v>
       </c>
       <c r="V18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T16</v>
       </c>
       <c r="C19">
         <v>16</v>
       </c>
       <c r="D19" t="str">
-        <v>Chris Bianchi</v>
+        <v>Alex solis</v>
       </c>
       <c r="E19">
         <v>1</v>
       </c>
       <c r="F19">
         <v>55</v>
       </c>
+      <c r="G19">
+        <v>294463</v>
+      </c>
       <c r="H19" t="str">
-        <v>frisbeefossil</v>
+        <v>choptop94</v>
       </c>
       <c r="I19">
         <v>1</v>
       </c>
       <c r="J19">
         <v>55</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T19">
         <v>3</v>
       </c>
       <c r="U19">
         <v>3</v>
       </c>
       <c r="V19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>T16</v>
       </c>
       <c r="C20">
         <v>16</v>
       </c>
       <c r="D20" t="str">
         <v>Tyler vrba</v>
       </c>
       <c r="E20">
         <v>1</v>
       </c>
       <c r="F20">
         <v>55</v>
       </c>
       <c r="H20" t="str">