--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -2673,50 +2673,53 @@
         <v>4</v>
       </c>
       <c r="AB26">
         <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T26</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="str">
         <v>Anthony Pane</v>
       </c>
       <c r="E27">
         <v>6</v>
       </c>
       <c r="F27">
         <v>60</v>
       </c>
+      <c r="G27">
+        <v>316244</v>
+      </c>
       <c r="H27" t="str">
         <v>apane72</v>
       </c>
       <c r="I27">
         <v>6</v>
       </c>
       <c r="J27">
         <v>60</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>4</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
         <v>4</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">