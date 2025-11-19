--- v0 (2025-10-24)
+++ v1 (2025-11-19)
@@ -2581,50 +2581,53 @@
         <v>3</v>
       </c>
       <c r="AA25">
         <v>4</v>
       </c>
       <c r="AB25">
         <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>DNF</v>
       </c>
       <c r="D26" t="str">
         <v>Chris Bianchi</v>
       </c>
       <c r="E26">
         <v>0</v>
       </c>
       <c r="F26">
         <v>0</v>
       </c>
+      <c r="G26">
+        <v>4221</v>
+      </c>
       <c r="H26" t="str">
         <v>frisbeefossil</v>
       </c>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB26"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>