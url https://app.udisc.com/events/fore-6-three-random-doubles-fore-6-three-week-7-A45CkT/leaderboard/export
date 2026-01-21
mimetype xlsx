--- v0 (2025-10-21)
+++ v1 (2026-01-21)
@@ -800,51 +800,51 @@
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>ALLREC</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Jon Mangnall &amp; Matthew Yankauskas</v>
       </c>
       <c r="E5">
         <v>-4</v>
       </c>
       <c r="F5">
         <v>50</v>
       </c>
       <c r="H5" t="str">
-        <v>jamitrn,mattyank</v>
+        <v>jamit77,mattyank</v>
       </c>
       <c r="I5">
         <v>-4</v>
       </c>
       <c r="J5">
         <v>50</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>