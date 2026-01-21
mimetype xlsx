--- v0 (2025-10-19)
+++ v1 (2026-01-21)
@@ -548,54 +548,51 @@
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_19</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_20</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_21</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>ALLREC</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
         <v>Jef Fishero &amp; Brandon Rosas Torres</v>
       </c>
       <c r="E2">
         <v>-1</v>
       </c>
       <c r="F2">
         <v>45</v>
       </c>
       <c r="H2" t="str">
         <v>jefwith1f,brosastor27</v>
       </c>
       <c r="I2">
         <v>-1</v>
       </c>
       <c r="J2">
         <v>45</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
@@ -619,54 +616,51 @@
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>
       <c r="U2">
         <v>4</v>
       </c>
       <c r="V2">
         <v>4</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
       <c r="AE2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>ALLREC</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
         <v>Matthew Yankauskas &amp; Craig Taheny Sr.</v>
       </c>
       <c r="E3">
         <v>7</v>
       </c>
       <c r="F3">
         <v>53</v>
       </c>
       <c r="H3" t="str">
         <v>mattyank,ctaheny</v>
       </c>
       <c r="I3">
         <v>7</v>
       </c>
       <c r="J3">
         <v>53</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
@@ -690,54 +684,51 @@
       </c>
       <c r="S3">
         <v>4</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>4</v>
       </c>
       <c r="V3">
         <v>5</v>
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
       <c r="AE3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>ALLREC</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
         <v>Rich Bass</v>
       </c>
       <c r="E4">
         <v>8</v>
       </c>
       <c r="F4">
         <v>54</v>
       </c>
       <c r="H4" t="str">
         <v>ironrich</v>
       </c>
       <c r="I4">
         <v>8</v>
       </c>
       <c r="J4">
         <v>54</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>