--- v0 (2025-10-19)
+++ v1 (2025-11-29)
@@ -895,51 +895,51 @@
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>West B</v>
       </c>
       <c r="E6">
         <v>-1</v>
       </c>
       <c r="F6">
         <v>55</v>
       </c>
       <c r="G6">
         <v>73248</v>
       </c>
       <c r="H6" t="str">
-        <v>oppsofeast</v>
+        <v>wesdothis421</v>
       </c>
       <c r="I6">
         <v>-1</v>
       </c>
       <c r="J6">
         <v>55</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>