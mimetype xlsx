--- v0 (2025-10-28)
+++ v1 (2025-12-31)
@@ -1146,50 +1146,53 @@
         <v>4</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>TAG</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Freddie Rogan</v>
       </c>
       <c r="E9">
         <v>7</v>
       </c>
       <c r="F9">
         <v>65</v>
       </c>
+      <c r="G9">
+        <v>317799</v>
+      </c>
       <c r="H9" t="str">
         <v>gingerbeard317</v>
       </c>
       <c r="I9">
         <v>7</v>
       </c>
       <c r="J9">
         <v>65</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">