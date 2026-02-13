--- v0 (2025-10-20)
+++ v1 (2026-02-13)
@@ -3455,50 +3455,53 @@
         <v>4</v>
       </c>
       <c r="AB36">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>MA1</v>
       </c>
       <c r="B37" t="str">
         <v>18</v>
       </c>
       <c r="C37">
         <v>18</v>
       </c>
       <c r="D37" t="str">
         <v>Dakota smith</v>
       </c>
       <c r="E37">
         <v>20</v>
       </c>
       <c r="F37">
         <v>78</v>
       </c>
+      <c r="G37">
+        <v>260009</v>
+      </c>
       <c r="H37" t="str">
         <v>dsmith79</v>
       </c>
       <c r="I37">
         <v>20</v>
       </c>
       <c r="J37">
         <v>78</v>
       </c>
       <c r="K37">
         <v>4</v>
       </c>
       <c r="L37">
         <v>4</v>
       </c>
       <c r="M37">
         <v>4</v>
       </c>
       <c r="N37">
         <v>4</v>
       </c>
       <c r="O37">
         <v>5</v>
       </c>
       <c r="P37">