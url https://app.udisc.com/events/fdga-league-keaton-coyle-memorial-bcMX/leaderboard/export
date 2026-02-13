--- v0 (2025-10-20)
+++ v1 (2026-02-13)
@@ -2542,50 +2542,53 @@
         <v>4</v>
       </c>
       <c r="AB25">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA1</v>
       </c>
       <c r="B26" t="str">
         <v>12</v>
       </c>
       <c r="C26">
         <v>12</v>
       </c>
       <c r="D26" t="str">
         <v>Dakota smith</v>
       </c>
       <c r="E26">
         <v>18</v>
       </c>
       <c r="F26">
         <v>72</v>
       </c>
+      <c r="G26">
+        <v>260009</v>
+      </c>
       <c r="H26" t="str">
         <v>dsmith79</v>
       </c>
       <c r="I26">
         <v>18</v>
       </c>
       <c r="J26">
         <v>72</v>
       </c>
       <c r="K26">
         <v>4</v>
       </c>
       <c r="L26">
         <v>4</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>4</v>
       </c>
       <c r="O26">
         <v>4</v>
       </c>
       <c r="P26">