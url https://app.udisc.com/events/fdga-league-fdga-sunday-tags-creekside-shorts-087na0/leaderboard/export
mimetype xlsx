--- v0 (2025-10-19)
+++ v1 (2025-12-22)
@@ -1407,50 +1407,53 @@
         <v>4</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>AM</v>
       </c>
       <c r="B12" t="str">
         <v>4</v>
       </c>
       <c r="C12">
         <v>4</v>
       </c>
       <c r="D12" t="str">
         <v>Tyler Arvizu</v>
       </c>
       <c r="E12">
         <v>12</v>
       </c>
       <c r="F12">
         <v>67</v>
       </c>
+      <c r="G12">
+        <v>318827</v>
+      </c>
       <c r="H12" t="str">
         <v>pyro69</v>
       </c>
       <c r="I12">
         <v>12</v>
       </c>
       <c r="J12">
         <v>67</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
         <v>6</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">