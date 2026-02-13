--- v0 (2025-12-22)
+++ v1 (2026-02-13)
@@ -5093,215 +5093,218 @@
       </c>
       <c r="AA51">
         <v>3</v>
       </c>
       <c r="AB51">
         <v>5</v>
       </c>
       <c r="AC51">
         <v>3</v>
       </c>
       <c r="AD51">
         <v>2</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>MEN</v>
       </c>
       <c r="B52" t="str">
         <v>T49</v>
       </c>
       <c r="C52">
         <v>49</v>
       </c>
       <c r="D52" t="str">
-        <v>Abe Archer</v>
+        <v>Dakota Ray</v>
       </c>
       <c r="E52">
         <v>9</v>
       </c>
       <c r="F52">
         <v>69</v>
       </c>
+      <c r="G52">
+        <v>294885</v>
+      </c>
       <c r="H52" t="str">
-        <v>archerabe</v>
+        <v>drayrayk</v>
       </c>
       <c r="I52">
         <v>9</v>
       </c>
       <c r="J52">
         <v>69</v>
       </c>
       <c r="K52">
         <v>4</v>
       </c>
       <c r="L52">
         <v>4</v>
       </c>
       <c r="M52">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N52">
         <v>3</v>
       </c>
       <c r="O52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P52">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S52">
         <v>4</v>
       </c>
       <c r="T52">
         <v>3</v>
       </c>
       <c r="U52">
         <v>3</v>
       </c>
       <c r="V52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W52">
         <v>3</v>
       </c>
       <c r="X52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z52">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA52">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB52">
         <v>4</v>
       </c>
       <c r="AC52">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD52">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>MEN</v>
       </c>
       <c r="B53" t="str">
         <v>T49</v>
       </c>
       <c r="C53">
         <v>49</v>
       </c>
       <c r="D53" t="str">
-        <v>Dakota Ray</v>
+        <v>Abe Archer</v>
       </c>
       <c r="E53">
         <v>9</v>
       </c>
       <c r="F53">
         <v>69</v>
       </c>
       <c r="H53" t="str">
-        <v>drayrayk</v>
+        <v>archerabe</v>
       </c>
       <c r="I53">
         <v>9</v>
       </c>
       <c r="J53">
         <v>69</v>
       </c>
       <c r="K53">
         <v>4</v>
       </c>
       <c r="L53">
         <v>4</v>
       </c>
       <c r="M53">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N53">
         <v>3</v>
       </c>
       <c r="O53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P53">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q53">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S53">
         <v>4</v>
       </c>
       <c r="T53">
         <v>3</v>
       </c>
       <c r="U53">
         <v>3</v>
       </c>
       <c r="V53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W53">
         <v>3</v>
       </c>
       <c r="X53">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y53">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z53">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA53">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB53">
         <v>4</v>
       </c>
       <c r="AC53">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AD53">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>MEN</v>
       </c>
       <c r="B54" t="str">
         <v>T49</v>
       </c>
       <c r="C54">
         <v>49</v>
       </c>
       <c r="D54" t="str">
         <v xml:space="preserve">William brazell </v>
       </c>
       <c r="E54">
         <v>9</v>
       </c>
       <c r="F54">
         <v>69</v>
       </c>
       <c r="H54" t="str">
         <v>wbraz666</v>
       </c>
       <c r="I54">
@@ -6185,51 +6188,51 @@
       </c>
       <c r="AD63">
         <v>4</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>MEN</v>
       </c>
       <c r="B64" t="str">
         <v>T61</v>
       </c>
       <c r="C64">
         <v>61</v>
       </c>
       <c r="D64" t="str">
         <v>Jacob  Bourassa</v>
       </c>
       <c r="E64">
         <v>11</v>
       </c>
       <c r="F64">
         <v>71</v>
       </c>
       <c r="H64" t="str">
-        <v>jakebo10910</v>
+        <v>jacob10910</v>
       </c>
       <c r="I64">
         <v>11</v>
       </c>
       <c r="J64">
         <v>71</v>
       </c>
       <c r="K64">
         <v>2</v>
       </c>
       <c r="L64">
         <v>4</v>
       </c>
       <c r="M64">
         <v>4</v>
       </c>
       <c r="N64">
         <v>4</v>
       </c>
       <c r="O64">
         <v>3</v>
       </c>
       <c r="P64">
         <v>3</v>
       </c>