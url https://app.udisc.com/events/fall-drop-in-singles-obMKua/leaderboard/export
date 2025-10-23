--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -658,167 +658,170 @@
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>2</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>T3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
         <v>-3</v>
       </c>
       <c r="D4">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E4" t="str">
-        <v>Silver</v>
+        <v>Gold</v>
       </c>
       <c r="F4" t="str">
         <v>1</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="str">
-        <v>Aaron Melitz</v>
+        <v>Josh Cutway</v>
       </c>
       <c r="I4">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="J4">
-        <v>25</v>
+        <v>23</v>
+      </c>
+      <c r="K4">
+        <v>315381</v>
       </c>
       <c r="L4" t="str">
-        <v>merlitz</v>
+        <v>theabman</v>
       </c>
       <c r="M4">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="N4">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
       <c r="U4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>T3</v>
       </c>
       <c r="B5">
         <v>3</v>
       </c>
       <c r="C5">
         <v>-3</v>
       </c>
       <c r="D5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E5" t="str">
-        <v>Gold</v>
+        <v>Silver</v>
       </c>
       <c r="F5" t="str">
         <v>1</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" t="str">
-        <v>Josh Cutway</v>
+        <v>Aaron Melitz</v>
       </c>
       <c r="I5">
-        <v>-5</v>
+        <v>-3</v>
       </c>
       <c r="J5">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="L5" t="str">
-        <v>theabman</v>
+        <v>merlitz</v>
       </c>
       <c r="M5">
-        <v>-5</v>
+        <v>-3</v>
       </c>
       <c r="N5">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>
       <c r="U5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>T3</v>
       </c>
       <c r="B6">
         <v>3</v>
       </c>
       <c r="C6">
         <v>-3</v>
       </c>
       <c r="D6">
         <v>1</v>
       </c>
       <c r="E6" t="str">
         <v>Gold</v>
       </c>
       <c r="F6" t="str">