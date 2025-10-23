--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -814,50 +814,53 @@
       </c>
       <c r="C6">
         <v>0</v>
       </c>
       <c r="D6">
         <v>3</v>
       </c>
       <c r="E6" t="str">
         <v>Gold</v>
       </c>
       <c r="F6" t="str">
         <v>1</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6" t="str">
         <v>Josh Cutway</v>
       </c>
       <c r="I6">
         <v>-3</v>
       </c>
       <c r="J6">
         <v>25</v>
       </c>
+      <c r="K6">
+        <v>315381</v>
+      </c>
       <c r="L6" t="str">
         <v>theabman</v>
       </c>
       <c r="M6">
         <v>-3</v>
       </c>
       <c r="N6">
         <v>25</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>2</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
         <v>2</v>
       </c>
       <c r="T6">
@@ -1227,50 +1230,53 @@
         <v>11</v>
       </c>
       <c r="C12">
         <v>4</v>
       </c>
       <c r="D12">
         <v>3</v>
       </c>
       <c r="E12" t="str">
         <v>Gold</v>
       </c>
       <c r="F12" t="str">
         <v>5</v>
       </c>
       <c r="G12">
         <v>5</v>
       </c>
       <c r="H12" t="str">
         <v>Blake Ellison</v>
       </c>
       <c r="I12">
         <v>1</v>
       </c>
       <c r="J12">
         <v>29</v>
+      </c>
+      <c r="K12">
+        <v>310765</v>
       </c>
       <c r="L12" t="str">
         <v>obblake</v>
       </c>
       <c r="M12">
         <v>1</v>
       </c>
       <c r="N12">
         <v>29</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>4</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>4</v>
       </c>