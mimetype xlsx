--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -610,50 +610,53 @@
       </c>
       <c r="C3">
         <v>-3</v>
       </c>
       <c r="D3">
         <v>3</v>
       </c>
       <c r="E3" t="str">
         <v>Gold</v>
       </c>
       <c r="F3" t="str">
         <v>1</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3" t="str">
         <v>Josh Cutway</v>
       </c>
       <c r="I3">
         <v>-6</v>
       </c>
       <c r="J3">
         <v>22</v>
       </c>
+      <c r="K3">
+        <v>315381</v>
+      </c>
       <c r="L3" t="str">
         <v>theabman</v>
       </c>
       <c r="M3">
         <v>-6</v>
       </c>
       <c r="N3">
         <v>22</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
@@ -1298,50 +1301,53 @@
         <v>12</v>
       </c>
       <c r="C13">
         <v>5</v>
       </c>
       <c r="D13">
         <v>1</v>
       </c>
       <c r="E13" t="str">
         <v>Gold</v>
       </c>
       <c r="F13" t="str">
         <v>T6</v>
       </c>
       <c r="G13">
         <v>6</v>
       </c>
       <c r="H13" t="str">
         <v>Blake Ellison</v>
       </c>
       <c r="I13">
         <v>4</v>
       </c>
       <c r="J13">
         <v>32</v>
+      </c>
+      <c r="K13">
+        <v>310765</v>
       </c>
       <c r="L13" t="str">
         <v>obblake</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
         <v>32</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>