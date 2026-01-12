--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -2596,50 +2596,53 @@
         <v>3</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T24</v>
       </c>
       <c r="C26">
         <v>24</v>
       </c>
       <c r="D26" t="str">
         <v>TJ Tierney</v>
       </c>
       <c r="E26">
         <v>0</v>
       </c>
       <c r="F26">
         <v>54</v>
       </c>
+      <c r="G26">
+        <v>319221</v>
+      </c>
       <c r="H26" t="str">
         <v>mustardtieger</v>
       </c>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26">
         <v>54</v>
       </c>
       <c r="K26">
         <v>4</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>2</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>2</v>
       </c>
       <c r="P26">
@@ -3015,194 +3018,197 @@
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
         <v>3</v>
       </c>
       <c r="AA30">
         <v>3</v>
       </c>
       <c r="AB30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>T30</v>
       </c>
       <c r="C31">
         <v>30</v>
       </c>
       <c r="D31" t="str">
-        <v>Erick Gill</v>
+        <v>Howie Permar</v>
       </c>
       <c r="E31">
         <v>3</v>
       </c>
       <c r="F31">
         <v>57</v>
       </c>
       <c r="G31">
-        <v>129528</v>
+        <v>104150</v>
       </c>
       <c r="H31" t="str">
-        <v>bonefishstudios</v>
+        <v>hp3420</v>
       </c>
       <c r="I31">
         <v>3</v>
       </c>
       <c r="J31">
         <v>57</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
       <c r="L31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N31">
+        <v>3</v>
+      </c>
+      <c r="O31">
+        <v>3</v>
+      </c>
+      <c r="P31">
+        <v>4</v>
+      </c>
+      <c r="Q31">
+        <v>3</v>
+      </c>
+      <c r="R31">
+        <v>3</v>
+      </c>
+      <c r="S31">
+        <v>2</v>
+      </c>
+      <c r="T31">
+        <v>3</v>
+      </c>
+      <c r="U31">
         <v>5</v>
       </c>
-      <c r="O31">
-[...19 lines deleted...]
-      </c>
       <c r="V31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W31">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y31">
         <v>3</v>
       </c>
       <c r="Z31">
         <v>3</v>
       </c>
       <c r="AA31">
         <v>4</v>
       </c>
       <c r="AB31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>T30</v>
       </c>
       <c r="C32">
         <v>30</v>
       </c>
       <c r="D32" t="str">
-        <v>Howie Permar</v>
+        <v>Erick Gill</v>
       </c>
       <c r="E32">
         <v>3</v>
       </c>
       <c r="F32">
         <v>57</v>
       </c>
+      <c r="G32">
+        <v>129528</v>
+      </c>
       <c r="H32" t="str">
-        <v>hp3420</v>
+        <v>bonefishstudios</v>
       </c>
       <c r="I32">
         <v>3</v>
       </c>
       <c r="J32">
         <v>57</v>
       </c>
       <c r="K32">
         <v>3</v>
       </c>
       <c r="L32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N32">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q32">
         <v>3</v>
       </c>
       <c r="R32">
         <v>3</v>
       </c>
       <c r="S32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T32">
         <v>3</v>
       </c>
       <c r="U32">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y32">
         <v>3</v>
       </c>
       <c r="Z32">
         <v>3</v>
       </c>
       <c r="AA32">
         <v>4</v>
       </c>
       <c r="AB32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>T32</v>
       </c>
       <c r="C33">
         <v>32</v>
       </c>
       <c r="D33" t="str">