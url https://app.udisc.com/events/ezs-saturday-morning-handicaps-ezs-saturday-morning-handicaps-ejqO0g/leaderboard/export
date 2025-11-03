--- v0 (2025-10-08)
+++ v1 (2025-11-03)
@@ -2851,50 +2851,53 @@
         <v>3</v>
       </c>
       <c r="AB28">
         <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>T26</v>
       </c>
       <c r="C29">
         <v>26</v>
       </c>
       <c r="D29" t="str">
         <v>Jacob Garrison</v>
       </c>
       <c r="E29">
         <v>10</v>
       </c>
       <c r="F29">
         <v>64</v>
       </c>
+      <c r="G29">
+        <v>315716</v>
+      </c>
       <c r="H29" t="str">
         <v>greaterthanjake</v>
       </c>
       <c r="I29">
         <v>10</v>
       </c>
       <c r="J29">
         <v>64</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
         <v>4</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">