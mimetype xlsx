--- v0 (2025-10-08)
+++ v1 (2025-11-03)
@@ -2249,50 +2249,53 @@
         <v>3</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
         <v>Jacob Garrison</v>
       </c>
       <c r="E22">
         <v>17</v>
       </c>
       <c r="F22">
         <v>71</v>
       </c>
+      <c r="G22">
+        <v>315716</v>
+      </c>
       <c r="H22" t="str">
         <v>greaterthanjake</v>
       </c>
       <c r="I22">
         <v>17</v>
       </c>
       <c r="J22">
         <v>71</v>
       </c>
       <c r="K22">
         <v>5</v>
       </c>
       <c r="L22">
         <v>6</v>
       </c>
       <c r="M22">
         <v>4</v>
       </c>
       <c r="N22">
         <v>5</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">