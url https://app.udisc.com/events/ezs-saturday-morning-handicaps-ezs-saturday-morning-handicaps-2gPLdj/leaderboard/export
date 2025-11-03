--- v0 (2025-10-08)
+++ v1 (2025-11-03)
@@ -2424,50 +2424,53 @@
         <v>3</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>T22</v>
       </c>
       <c r="C24">
         <v>22</v>
       </c>
       <c r="D24" t="str">
         <v>Jacob Garrison</v>
       </c>
       <c r="E24">
         <v>6</v>
       </c>
       <c r="F24">
         <v>60</v>
       </c>
+      <c r="G24">
+        <v>315716</v>
+      </c>
       <c r="H24" t="str">
         <v>greaterthanjake</v>
       </c>
       <c r="I24">
         <v>6</v>
       </c>
       <c r="J24">
         <v>60</v>
       </c>
       <c r="K24">
         <v>4</v>
       </c>
       <c r="L24">
         <v>5</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>4</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">