--- v0 (2025-10-09)
+++ v1 (2025-12-20)
@@ -1598,67 +1598,130 @@
         <v>3</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>4</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
       <c r="AC13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>TAG</v>
       </c>
+      <c r="B14" t="str">
+        <v>13</v>
+      </c>
+      <c r="C14">
+        <v>13</v>
+      </c>
       <c r="D14" t="str">
         <v xml:space="preserve">Mark Kincaid </v>
       </c>
       <c r="E14">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="F14">
-        <v>0</v>
+        <v>67</v>
       </c>
       <c r="H14" t="str">
         <v>markkincaid</v>
       </c>
       <c r="I14">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="J14">
-        <v>0</v>
+        <v>67</v>
+      </c>
+      <c r="K14">
+        <v>4</v>
+      </c>
+      <c r="L14">
+        <v>3</v>
+      </c>
+      <c r="M14">
+        <v>3</v>
+      </c>
+      <c r="N14">
+        <v>3</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>3</v>
+      </c>
+      <c r="Q14">
+        <v>4</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>3</v>
+      </c>
+      <c r="T14">
+        <v>3</v>
+      </c>
+      <c r="U14">
+        <v>3</v>
+      </c>
+      <c r="V14">
+        <v>4</v>
+      </c>
+      <c r="W14">
+        <v>3</v>
+      </c>
+      <c r="X14">
+        <v>6</v>
+      </c>
+      <c r="Y14">
+        <v>4</v>
+      </c>
+      <c r="Z14">
+        <v>5</v>
+      </c>
+      <c r="AA14">
+        <v>4</v>
+      </c>
+      <c r="AB14">
+        <v>3</v>
+      </c>
+      <c r="AC14">
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>NOTAG</v>
       </c>
       <c r="B15" t="str">
         <v>1</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="D15" t="str">
         <v>Ashtin Downare</v>
       </c>
       <c r="E15">
         <v>-6</v>
       </c>
       <c r="F15">
         <v>53</v>
       </c>
       <c r="H15" t="str">
         <v>aqddiscgolf</v>
       </c>
       <c r="I15">