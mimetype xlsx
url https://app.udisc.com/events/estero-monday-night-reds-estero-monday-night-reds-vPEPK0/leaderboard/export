--- v1 (2025-12-20)
+++ v2 (2026-01-13)
@@ -1527,50 +1527,53 @@
         <v>3</v>
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>TAG</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
         <v>Trent Bonney</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
       <c r="F13">
         <v>60</v>
       </c>
+      <c r="G13">
+        <v>315501</v>
+      </c>
       <c r="H13" t="str">
         <v>trent26</v>
       </c>
       <c r="I13">
         <v>1</v>
       </c>
       <c r="J13">
         <v>60</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
         <v>5</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">