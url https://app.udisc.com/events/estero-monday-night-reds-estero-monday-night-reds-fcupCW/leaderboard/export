--- v0 (2025-10-09)
+++ v1 (2026-01-13)
@@ -1404,50 +1404,53 @@
         <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>TAG</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Trent Bonney</v>
       </c>
       <c r="E12">
         <v>6</v>
       </c>
       <c r="F12">
         <v>61</v>
       </c>
+      <c r="G12">
+        <v>315501</v>
+      </c>
       <c r="H12" t="str">
         <v>trent26</v>
       </c>
       <c r="I12">
         <v>6</v>
       </c>
       <c r="J12">
         <v>61</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">