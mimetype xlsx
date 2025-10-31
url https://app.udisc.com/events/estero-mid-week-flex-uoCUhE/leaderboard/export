--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -2407,50 +2407,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA3</v>
       </c>
       <c r="B21" t="str">
         <v>6</v>
       </c>
       <c r="C21">
         <v>6</v>
       </c>
       <c r="D21" t="str">
         <v>Chad Broussard</v>
       </c>
       <c r="E21">
         <v>10</v>
       </c>
       <c r="F21">
         <v>76</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
+      <c r="H21">
+        <v>316315</v>
+      </c>
       <c r="I21" t="str">
         <v>sirmilehigh</v>
       </c>
       <c r="J21">
         <v>10</v>
       </c>
       <c r="K21">
         <v>76</v>
       </c>
       <c r="L21">
         <v>2</v>
       </c>
       <c r="M21">
         <v>4</v>
       </c>
       <c r="N21">
         <v>5</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">