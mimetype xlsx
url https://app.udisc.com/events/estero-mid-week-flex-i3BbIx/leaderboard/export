--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1991,50 +1991,53 @@
         <v>4</v>
       </c>
       <c r="AF16">
         <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA3</v>
       </c>
       <c r="B17" t="str">
         <v>DNF</v>
       </c>
       <c r="D17" t="str">
         <v>Chad Broussard</v>
       </c>
       <c r="E17">
         <v>17</v>
       </c>
       <c r="F17">
         <v>71</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
+      <c r="H17">
+        <v>316315</v>
+      </c>
       <c r="I17" t="str">
         <v>sirmilehigh</v>
       </c>
       <c r="J17">
         <v>17</v>
       </c>
       <c r="K17">
         <v>71</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>4</v>
       </c>
       <c r="N17">
         <v>4</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>
       <c r="Q17">