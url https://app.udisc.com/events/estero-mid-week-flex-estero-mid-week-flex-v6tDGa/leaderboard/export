--- v0 (2025-10-09)
+++ v1 (2026-01-14)
@@ -1647,50 +1647,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA3</v>
       </c>
       <c r="B14" t="str">
         <v>1</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14" t="str">
         <v>Trent Bonney</v>
       </c>
       <c r="E14">
         <v>3</v>
       </c>
       <c r="F14">
         <v>62</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
+      <c r="H14">
+        <v>315501</v>
+      </c>
       <c r="I14" t="str">
         <v>trent26</v>
       </c>
       <c r="J14">
         <v>3</v>
       </c>
       <c r="K14">
         <v>62</v>
       </c>
       <c r="L14">
         <v>2</v>
       </c>
       <c r="M14">
         <v>2</v>
       </c>
       <c r="N14">
         <v>2</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>
       <c r="Q14">