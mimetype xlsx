--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1917,50 +1917,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA3</v>
       </c>
       <c r="B16" t="str">
         <v>2</v>
       </c>
       <c r="C16">
         <v>2</v>
       </c>
       <c r="D16" t="str">
         <v>Chad Broussard</v>
       </c>
       <c r="E16">
         <v>15</v>
       </c>
       <c r="F16">
         <v>81</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
+      <c r="H16">
+        <v>316315</v>
+      </c>
       <c r="I16" t="str">
         <v>sirmilehigh</v>
       </c>
       <c r="J16">
         <v>15</v>
       </c>
       <c r="K16">
         <v>81</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">