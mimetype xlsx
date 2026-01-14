--- v0 (2025-10-09)
+++ v1 (2026-01-14)
@@ -846,161 +846,230 @@
       </c>
       <c r="AC4">
         <v>2</v>
       </c>
       <c r="AD4">
         <v>2</v>
       </c>
       <c r="AE4">
         <v>2</v>
       </c>
       <c r="AF4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA2</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Derric thomas</v>
+        <v>Nate Deffet</v>
       </c>
       <c r="E5">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="F5">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
+      <c r="H5">
+        <v>167336</v>
+      </c>
       <c r="I5" t="str">
-        <v>derricthomas</v>
+        <v>ndeffet</v>
       </c>
       <c r="J5">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="K5">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="L5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
       <c r="AC5">
         <v>2</v>
       </c>
       <c r="AD5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE5">
         <v>2</v>
       </c>
       <c r="AF5">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA2</v>
       </c>
+      <c r="B6" t="str">
+        <v>5</v>
+      </c>
+      <c r="C6">
+        <v>5</v>
+      </c>
       <c r="D6" t="str">
-        <v>Nate Deffet</v>
+        <v>Derric thomas</v>
       </c>
       <c r="E6">
-        <v>0</v>
+        <v>-7</v>
       </c>
       <c r="F6">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
-      <c r="H6">
-[...1 lines deleted...]
-      </c>
       <c r="I6" t="str">
-        <v>ndeffet</v>
+        <v>derricthomas</v>
       </c>
       <c r="J6">
-        <v>0</v>
+        <v>-7</v>
       </c>
       <c r="K6">
-        <v>0</v>
+        <v>58</v>
+      </c>
+      <c r="L6">
+        <v>2</v>
+      </c>
+      <c r="M6">
+        <v>3</v>
+      </c>
+      <c r="N6">
+        <v>3</v>
+      </c>
+      <c r="O6">
+        <v>3</v>
+      </c>
+      <c r="P6">
+        <v>3</v>
+      </c>
+      <c r="Q6">
+        <v>3</v>
+      </c>
+      <c r="R6">
+        <v>3</v>
+      </c>
+      <c r="S6">
+        <v>3</v>
+      </c>
+      <c r="T6">
+        <v>3</v>
+      </c>
+      <c r="U6">
+        <v>3</v>
+      </c>
+      <c r="V6">
+        <v>3</v>
+      </c>
+      <c r="W6">
+        <v>2</v>
+      </c>
+      <c r="X6">
+        <v>3</v>
+      </c>
+      <c r="Y6">
+        <v>3</v>
+      </c>
+      <c r="Z6">
+        <v>3</v>
+      </c>
+      <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
+        <v>2</v>
+      </c>
+      <c r="AC6">
+        <v>2</v>
+      </c>
+      <c r="AD6">
+        <v>3</v>
+      </c>
+      <c r="AE6">
+        <v>2</v>
+      </c>
+      <c r="AF6">
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
         <v>Bret carter</v>
       </c>
       <c r="E7">
         <v>-10</v>
       </c>
       <c r="F7">
         <v>55</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="I7" t="str">