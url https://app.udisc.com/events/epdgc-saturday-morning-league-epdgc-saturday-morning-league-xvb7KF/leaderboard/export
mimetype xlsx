--- v0 (2025-11-08)
+++ v1 (2025-11-29)
@@ -1138,63 +1138,63 @@
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>4Fun</v>
       </c>
       <c r="B9" t="str">
         <v>1</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9" t="str">
         <v>Julio Ortiz</v>
       </c>
       <c r="E9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F9">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H9" t="str">
         <v>julioortiz</v>
       </c>
       <c r="I9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J9">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
@@ -1204,51 +1204,51 @@
       <c r="T9">
         <v>4</v>
       </c>
       <c r="U9">
         <v>4</v>
       </c>
       <c r="V9">
         <v>4</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>2</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>4Fun</v>
       </c>
       <c r="B10" t="str">
         <v>2</v>
       </c>
       <c r="C10">
         <v>2</v>
       </c>
       <c r="D10" t="str">
         <v>Ruben Nevarez</v>
       </c>
       <c r="E10">
         <v>7</v>
       </c>
       <c r="F10">
         <v>63</v>
       </c>
       <c r="G10">
         <v>245573</v>
       </c>
       <c r="H10" t="str">